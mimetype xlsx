--- v0 (2025-11-06)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="560">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
   <si>
     <t>Promesse</t>
   </si>
   <si>
     <t>By</t>
   </si>
   <si>
     <t>Actor</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
@@ -491,85 +491,74 @@
   <si>
     <t>Chef de village. Tel: 95 67 93 70</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de WAMSAOU 1. Canton de Korbol</t>
   </si>
   <si>
     <t>Chef de village. Tel: 91 06 82 52</t>
   </si>
   <si>
     <t>28 ha</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de WAMSAOU 2. Canton de Korbol</t>
   </si>
   <si>
     <t>Chef de village. Tel: 99 81 77 66</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de NIOU. Canton de Korbol</t>
   </si>
   <si>
     <t>Chef de village. Tel: 98 96 44 73</t>
   </si>
   <si>
-    <t xml:space="preserve">&lt;p&gt;-&lt;/p&gt;
-[...2 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de KARAMBA. Canton de Korbol</t>
   </si>
   <si>
     <t>Chef de village. Tel: 95 49 25 50</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GOURMINA. Canton de Korbol</t>
   </si>
   <si>
-    <t>Chef de village. Tel:</t>
-[...1 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de KARMA. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GNAMKO. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GALBA. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de KOLOUM. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GARI. Canton de Korbol</t>
   </si>
   <si>
-    <t xml:space="preserve">&lt;br&gt;
-[...2 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de GELTAR. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GNAGAGNE. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de DINKALA. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de TOM. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MAMAN 1. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MAMAN 2. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de ROMTOYE. Canton de Korbol</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de DOKEDE. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 60755299</t>
@@ -637,53 +626,50 @@
   <si>
     <t>supperficie de terres dans le village de GAYAM I. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de SADORO. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 95504874</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de BODO. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de NADJEGOTO. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 99930167</t>
   </si>
   <si>
     <t>21 ha</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de TALLIA I. Canton de Djoli</t>
   </si>
   <si>
-    <t>Chef de village. Tel: 91028026</t>
-[...1 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de TALLIA II. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 90199019</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de KEMADJA. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 99780054</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de REKEMADJE. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 91171709</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MBOUDOUROU. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 90964280</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MOUNDOU II. Canton de Djoli</t>
@@ -694,153 +680,138 @@
   <si>
     <t>supperficie de terres dans le village de KEMNDILA. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GAYAM II. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GUERE YANGA. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 99632693</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de KOUMRA II. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de KEMADTA DJOLI. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 96433089</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MAIBOYO. Canton de Djoli</t>
   </si>
   <si>
-    <t>Superficie de terres dans le village de DJOLI. Canton de Djoli</t>
-[...5 lines deleted...]
-    <t>superficie de terres dans le village de SANARA. Canton de Djoli</t>
+    <t>supperficie de terres dans le village de DJOLI. Canton de Djoli</t>
+  </si>
+  <si>
+    <t>supperficie de terres dans le village de SANARA. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 98813455</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de DOGUIGUI. Canton de Djoli</t>
   </si>
   <si>
-    <t>Chef de village. Tel: 99314941</t>
-[...1 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de NDONDILI. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 99180668</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de BENG-KOH. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de NAMO. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de JERUSALEM. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 98467776</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MANTE. Canton de Djoli</t>
   </si>
   <si>
-    <t>Chef de village. Tel: 93601668</t>
-[...1 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de KOUTOU II. Canton de Djoli</t>
   </si>
   <si>
-    <t>Chef de village. Tel: 95949390</t>
-[...1 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de GUIDEWOLO. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GAYAM I . Canton de Djoli</t>
   </si>
   <si>
-    <t>Chef de village. Tel: 99792956</t>
-[...1 lines deleted...]
-  <si>
     <t>supperficie de terres dans le village de KOUMRA II . Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 90167057</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de NGONDJON. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de DJOLI I. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MISSI. Canton de Djoli</t>
   </si>
   <si>
     <t>Chef de village. Tel: 99792263</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GUERE BROUSSE. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de HIHI. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MORO. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de DJOLI II. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de SANGLE. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de BEBORO. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MABOYO. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MEDA. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GAYAM CENTRE. Canton de Djoli</t>
   </si>
   <si>
-    <t>Superficie de terres dans le village de NADJIGOTO. Canton de Djoli</t>
+    <t>supperficie de terres dans le village de NADJIGOTO. Canton de Djoli</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de SANDANAN. Canton de Balimba</t>
   </si>
   <si>
     <t>56 ha</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de DORKOLI. Canton de Balimba</t>
   </si>
   <si>
     <t>46 ha</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de GOURMOUI. Canton de TIKEM</t>
   </si>
   <si>
     <t>Chef de village. Tel: 63499374</t>
   </si>
   <si>
     <t>Mayo-Kebbi Est</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de SOURKADOU. Canton de TIKEM</t>
   </si>
@@ -878,902 +849,90 @@
     <t>supperficie de terres dans le village de LAWARGA. Canton de TIKEM</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de LONGKO. Canton de TIKEM</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MANBALAM GUEMARE. Canton de TIKEM</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MANG-RA. Canton de TIKEM</t>
   </si>
   <si>
     <t>Chef de village. Tel: 63831159</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de MOKAI. Canton de TIKEM</t>
   </si>
   <si>
     <t>Chef de village. Tel: 63682058</t>
   </si>
   <si>
     <t>supperficie de terres dans le village de DABLAKA. Canton de TIKEM</t>
   </si>
   <si>
     <t>Chef de village. Tel: 63895360</t>
-  </si>
-[...814 lines deleted...]
-    <t>2021-04-09 00:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2037,51 +1196,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I317"/>
+  <dimension ref="A1:I166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4145,5413 +3304,2216 @@
         <v>12</v>
       </c>
       <c r="H82" t="s">
         <v>14</v>
       </c>
       <c r="I82" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>157</v>
       </c>
       <c r="B83" t="s">
         <v>158</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>67</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
-      <c r="G83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H83" t="s">
         <v>14</v>
       </c>
       <c r="I83" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>159</v>
+      </c>
+      <c r="B84" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
-      <c r="G84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H84" t="s">
         <v>14</v>
       </c>
       <c r="I84" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B85" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>129</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
-      <c r="G85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H85" t="s">
         <v>14</v>
       </c>
       <c r="I85" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B86" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>56</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
-      <c r="G86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H86" t="s">
         <v>14</v>
       </c>
       <c r="I86" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B87" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>67</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
-      <c r="G87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H87" t="s">
         <v>14</v>
       </c>
       <c r="I87" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B88" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>28</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
-      <c r="G88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H88" t="s">
         <v>14</v>
       </c>
       <c r="I88" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B89" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>114</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
-      <c r="G89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H89" t="s">
         <v>14</v>
       </c>
       <c r="I89" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B90" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>28</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
-      <c r="G90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H90" t="s">
         <v>14</v>
       </c>
       <c r="I90" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B91" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>28</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
-      <c r="G91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H91" t="s">
         <v>14</v>
       </c>
       <c r="I91" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B92" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>28</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
-      <c r="G92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H92" t="s">
         <v>14</v>
       </c>
       <c r="I92" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B93" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>28</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
-      <c r="G93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H93" t="s">
         <v>14</v>
       </c>
       <c r="I93" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B94" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
-      <c r="G94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H94" t="s">
         <v>14</v>
       </c>
       <c r="I94" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B95" t="s">
         <v>17</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>56</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" t="s">
         <v>13</v>
       </c>
       <c r="H95" t="s">
         <v>14</v>
       </c>
       <c r="I95" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B96" t="s">
         <v>17</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>28</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
         <v>13</v>
       </c>
       <c r="H96" t="s">
         <v>14</v>
       </c>
       <c r="I96" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B97" t="s">
         <v>17</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
         <v>13</v>
       </c>
       <c r="H97" t="s">
         <v>14</v>
       </c>
       <c r="I97" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B98" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>56</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
         <v>13</v>
       </c>
       <c r="H98" t="s">
         <v>14</v>
       </c>
       <c r="I98" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B99" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
         <v>13</v>
       </c>
       <c r="H99" t="s">
         <v>14</v>
       </c>
       <c r="I99" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B100" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>70</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
         <v>13</v>
       </c>
       <c r="H100" t="s">
         <v>14</v>
       </c>
       <c r="I100" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B101" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>70</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
         <v>13</v>
       </c>
       <c r="H101" t="s">
         <v>14</v>
       </c>
       <c r="I101" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B102" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>114</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102" t="s">
         <v>13</v>
       </c>
       <c r="H102" t="s">
         <v>14</v>
       </c>
       <c r="I102" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B103" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>28</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103" t="s">
         <v>13</v>
       </c>
       <c r="H103" t="s">
         <v>14</v>
       </c>
       <c r="I103" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B104" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>70</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104" t="s">
         <v>13</v>
       </c>
       <c r="H104" t="s">
         <v>14</v>
       </c>
       <c r="I104" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B105" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105" t="s">
         <v>13</v>
       </c>
       <c r="H105" t="s">
         <v>14</v>
       </c>
       <c r="I105" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B106" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>67</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106" t="s">
         <v>13</v>
       </c>
       <c r="H106" t="s">
         <v>14</v>
       </c>
       <c r="I106" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B107" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>114</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107" t="s">
         <v>13</v>
       </c>
       <c r="H107" t="s">
         <v>14</v>
       </c>
       <c r="I107" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B108" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>70</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
         <v>13</v>
       </c>
       <c r="H108" t="s">
         <v>14</v>
       </c>
       <c r="I108" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B109" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
-        <v>180</v>
+        <v>70</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109" t="s">
         <v>13</v>
       </c>
       <c r="H109" t="s">
         <v>14</v>
       </c>
       <c r="I109" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B110" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
-        <v>32</v>
+        <v>114</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110" t="s">
         <v>13</v>
       </c>
       <c r="H110" t="s">
         <v>14</v>
       </c>
       <c r="I110" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B111" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>28</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111" t="s">
         <v>13</v>
       </c>
       <c r="H111" t="s">
         <v>14</v>
       </c>
       <c r="I111" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B112" t="s">
         <v>17</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>70</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
         <v>13</v>
       </c>
       <c r="H112" t="s">
         <v>14</v>
       </c>
       <c r="I112" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B113" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113" t="s">
         <v>13</v>
       </c>
       <c r="H113" t="s">
         <v>14</v>
       </c>
       <c r="I113" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B114" t="s">
-        <v>207</v>
+        <v>17</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
         <v>13</v>
       </c>
       <c r="H114" t="s">
         <v>14</v>
       </c>
       <c r="I114" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B115" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
         <v>13</v>
       </c>
       <c r="H115" t="s">
         <v>14</v>
       </c>
       <c r="I115" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B116" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>106</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
         <v>13</v>
       </c>
       <c r="H116" t="s">
         <v>14</v>
       </c>
       <c r="I116" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B117" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
         <v>13</v>
       </c>
       <c r="H117" t="s">
         <v>14</v>
       </c>
       <c r="I117" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B118" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>28</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
         <v>13</v>
       </c>
       <c r="H118" t="s">
         <v>14</v>
       </c>
       <c r="I118" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B119" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>70</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
         <v>13</v>
       </c>
       <c r="H119" t="s">
         <v>14</v>
       </c>
       <c r="I119" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B120" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
-        <v>32</v>
+        <v>177</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
         <v>13</v>
       </c>
       <c r="H120" t="s">
         <v>14</v>
       </c>
       <c r="I120" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B121" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
         <v>13</v>
       </c>
       <c r="H121" t="s">
         <v>14</v>
       </c>
       <c r="I121" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B122" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
         <v>13</v>
       </c>
       <c r="H122" t="s">
         <v>14</v>
       </c>
       <c r="I122" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B123" t="s">
         <v>17</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
         <v>13</v>
       </c>
       <c r="H123" t="s">
         <v>14</v>
       </c>
       <c r="I123" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B124" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>70</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124" t="s">
         <v>13</v>
       </c>
       <c r="H124" t="s">
         <v>14</v>
       </c>
       <c r="I124" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B125" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>114</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
         <v>13</v>
       </c>
       <c r="H125" t="s">
         <v>14</v>
       </c>
       <c r="I125" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B126" t="s">
-        <v>227</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
-        <v>180</v>
+        <v>114</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126" t="s">
         <v>13</v>
       </c>
       <c r="H126" t="s">
         <v>14</v>
       </c>
       <c r="I126" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B127" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127" t="s">
         <v>13</v>
       </c>
       <c r="H127" t="s">
         <v>14</v>
       </c>
       <c r="I127" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B128" t="s">
-        <v>231</v>
+        <v>17</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
         <v>13</v>
       </c>
       <c r="H128" t="s">
         <v>14</v>
       </c>
       <c r="I128" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B129" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>67</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
         <v>13</v>
       </c>
       <c r="H129" t="s">
         <v>14</v>
       </c>
       <c r="I129" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="B130" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>56</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
         <v>13</v>
       </c>
       <c r="H130" t="s">
         <v>14</v>
       </c>
       <c r="I130" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B131" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>28</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
         <v>13</v>
       </c>
       <c r="H131" t="s">
         <v>14</v>
       </c>
       <c r="I131" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="B132" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
         <v>13</v>
       </c>
       <c r="H132" t="s">
         <v>14</v>
       </c>
       <c r="I132" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="B133" t="s">
-        <v>239</v>
+        <v>17</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133" t="s">
         <v>13</v>
       </c>
       <c r="H133" t="s">
         <v>14</v>
       </c>
       <c r="I133" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="B134" t="s">
-        <v>241</v>
+        <v>17</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
-        <v>56</v>
+        <v>177</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134" t="s">
         <v>13</v>
       </c>
       <c r="H134" t="s">
         <v>14</v>
       </c>
       <c r="I134" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B135" t="s">
-        <v>241</v>
+        <v>17</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
-        <v>114</v>
+        <v>177</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135" t="s">
         <v>13</v>
       </c>
       <c r="H135" t="s">
         <v>14</v>
       </c>
       <c r="I135" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="B136" t="s">
-        <v>244</v>
+        <v>17</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
-        <v>114</v>
+        <v>32</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136" t="s">
         <v>13</v>
       </c>
       <c r="H136" t="s">
         <v>14</v>
       </c>
       <c r="I136" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="B137" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>67</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137" t="s">
         <v>13</v>
       </c>
       <c r="H137" t="s">
         <v>14</v>
       </c>
       <c r="I137" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="B138" t="s">
         <v>17</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>28</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138" t="s">
         <v>13</v>
       </c>
       <c r="H138" t="s">
         <v>14</v>
       </c>
       <c r="I138" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B139" t="s">
-        <v>217</v>
+        <v>17</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139" t="s">
         <v>13</v>
       </c>
       <c r="H139" t="s">
         <v>14</v>
       </c>
       <c r="I139" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B140" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>28</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140" t="s">
         <v>13</v>
       </c>
       <c r="H140" t="s">
         <v>14</v>
       </c>
       <c r="I140" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="B141" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>114</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141" t="s">
         <v>13</v>
       </c>
       <c r="H141" t="s">
         <v>14</v>
       </c>
       <c r="I141" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="B142" t="s">
         <v>17</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142" t="s">
         <v>13</v>
       </c>
       <c r="H142" t="s">
         <v>14</v>
       </c>
       <c r="I142" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="B143" t="s">
         <v>17</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143" t="s">
         <v>13</v>
       </c>
       <c r="H143" t="s">
         <v>14</v>
       </c>
       <c r="I143" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="B144" t="s">
         <v>17</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144" t="s">
         <v>13</v>
       </c>
       <c r="H144" t="s">
         <v>14</v>
       </c>
       <c r="I144" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="B145" t="s">
         <v>17</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>114</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145" t="s">
         <v>13</v>
       </c>
       <c r="H145" t="s">
         <v>14</v>
       </c>
       <c r="I145" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B146" t="s">
         <v>17</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146" t="s">
         <v>13</v>
       </c>
       <c r="H146" t="s">
         <v>14</v>
       </c>
       <c r="I146" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="B147" t="s">
         <v>17</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147" t="s">
         <v>13</v>
       </c>
       <c r="H147" t="s">
         <v>14</v>
       </c>
       <c r="I147" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="B148" t="s">
         <v>17</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148" t="s">
         <v>13</v>
       </c>
       <c r="H148" t="s">
         <v>14</v>
       </c>
       <c r="I148" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="B149" t="s">
         <v>17</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>114</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149" t="s">
         <v>13</v>
       </c>
       <c r="H149" t="s">
         <v>14</v>
       </c>
       <c r="I149" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="B150" t="s">
-        <v>163</v>
+        <v>17</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150" t="s">
         <v>13</v>
       </c>
       <c r="H150" t="s">
         <v>14</v>
       </c>
       <c r="I150" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="B151" t="s">
         <v>17</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151" t="s">
         <v>13</v>
       </c>
       <c r="H151" t="s">
         <v>14</v>
       </c>
       <c r="I151" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="B152" t="s">
         <v>17</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152" t="s">
         <v>13</v>
       </c>
       <c r="H152" t="s">
         <v>14</v>
       </c>
       <c r="I152" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="B153" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>28</v>
       </c>
       <c r="F153" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G153" t="s">
         <v>13</v>
       </c>
       <c r="H153" t="s">
         <v>14</v>
       </c>
       <c r="I153" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="B154" t="s">
         <v>17</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>28</v>
       </c>
       <c r="F154" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G154" t="s">
         <v>13</v>
       </c>
       <c r="H154" t="s">
         <v>14</v>
       </c>
       <c r="I154" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="B155" t="s">
         <v>17</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F155" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G155" t="s">
         <v>13</v>
       </c>
       <c r="H155" t="s">
         <v>14</v>
       </c>
       <c r="I155" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="B156" t="s">
         <v>17</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>28</v>
       </c>
       <c r="F156" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G156" t="s">
         <v>13</v>
       </c>
       <c r="H156" t="s">
         <v>14</v>
       </c>
       <c r="I156" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="B157" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>28</v>
       </c>
       <c r="F157" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G157" t="s">
         <v>13</v>
       </c>
       <c r="H157" t="s">
         <v>14</v>
       </c>
       <c r="I157" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B158" t="s">
         <v>17</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>28</v>
       </c>
       <c r="F158" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G158" t="s">
         <v>13</v>
       </c>
       <c r="H158" t="s">
         <v>14</v>
       </c>
       <c r="I158" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="B159" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>28</v>
       </c>
       <c r="F159" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G159" t="s">
         <v>13</v>
       </c>
       <c r="H159" t="s">
         <v>14</v>
       </c>
       <c r="I159" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="B160" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>28</v>
       </c>
       <c r="F160" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G160" t="s">
         <v>13</v>
       </c>
       <c r="H160" t="s">
         <v>14</v>
       </c>
       <c r="I160" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B161" t="s">
         <v>17</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>28</v>
       </c>
       <c r="F161" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G161" t="s">
         <v>13</v>
       </c>
       <c r="H161" t="s">
         <v>14</v>
       </c>
       <c r="I161" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="B162" t="s">
         <v>17</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>28</v>
       </c>
       <c r="F162" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G162" t="s">
         <v>13</v>
       </c>
       <c r="H162" t="s">
         <v>14</v>
       </c>
       <c r="I162" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="B163" t="s">
         <v>17</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>28</v>
       </c>
       <c r="F163" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G163" t="s">
         <v>13</v>
       </c>
       <c r="H163" t="s">
         <v>14</v>
       </c>
       <c r="I163" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="B164" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>129</v>
       </c>
       <c r="F164" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G164" t="s">
         <v>13</v>
       </c>
       <c r="H164" t="s">
         <v>14</v>
       </c>
       <c r="I164" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B165" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>28</v>
       </c>
       <c r="F165" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G165" t="s">
         <v>13</v>
       </c>
       <c r="H165" t="s">
         <v>14</v>
       </c>
       <c r="I165" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="B166" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>28</v>
       </c>
       <c r="F166" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="G166" t="s">
         <v>13</v>
       </c>
       <c r="H166" t="s">
         <v>14</v>
       </c>
       <c r="I166" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="167" spans="1:9">
-[...3159 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>